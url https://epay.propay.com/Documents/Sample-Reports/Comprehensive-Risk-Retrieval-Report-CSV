--- v0 (2025-11-02)
+++ v1 (2026-03-03)
@@ -1,1080 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...6 lines deleted...]
-  </mc:AlternateContent>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29711"/>
+  <workbookPr defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{46E855C8-6721-4E11-B95E-93B536213B49}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="13635"/>
+    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="CSV Sample - ComprehensiveRiskR" sheetId="1" r:id="rId1"/>
+    <sheet name="ComprehensiveRiskRetrieval" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
-[...37 lines deleted...]
-    <t>ResponseDate</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
+  <si>
+    <t>Comprehensive Risk Retrieval Report</t>
+  </si>
+  <si>
+    <t>Account Id</t>
+  </si>
+  <si>
+    <t>Account Name</t>
+  </si>
+  <si>
+    <t>Transaction Number</t>
+  </si>
+  <si>
+    <t>Transaction Date</t>
+  </si>
+  <si>
+    <t>Transaction Amount</t>
+  </si>
+  <si>
+    <t>CC Last4</t>
+  </si>
+  <si>
+    <t>Card Brand</t>
+  </si>
+  <si>
+    <t>Payee Name</t>
+  </si>
+  <si>
+    <t>Inv Num</t>
+  </si>
+  <si>
+    <t>Reason Description</t>
+  </si>
+  <si>
+    <t>Days To Respond</t>
+  </si>
+  <si>
+    <t>Request Date</t>
+  </si>
+  <si>
+    <t>Response Date</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
-    <t>CardNumber</t>
+    <t>Card Number</t>
   </si>
   <si>
     <t>AffiliateId</t>
   </si>
   <si>
-    <t>AffiliateName</t>
-[...23 lines deleted...]
-    <t>Affiliate 1</t>
+    <t>Affiliate Name</t>
+  </si>
+  <si>
+    <t>Reason Code</t>
+  </si>
+  <si>
+    <t>TransactionInfoId</t>
+  </si>
+  <si>
+    <t>ParentTransactionInfoId</t>
+  </si>
+  <si>
+    <t>Merchant Transaction Date</t>
+  </si>
+  <si>
+    <t>Merchant Request Date</t>
+  </si>
+  <si>
+    <t>Merchant Response Date</t>
+  </si>
+  <si>
+    <t>Gateway Transaction Id</t>
+  </si>
+  <si>
+    <t>External Id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="18" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="4">
     <font>
       <sz val="11"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
-      <color theme="3"/>
-[...18 lines deleted...]
-      <scheme val="minor"/>
+      <color rgb="FF365838"/>
+      <name val="Times New Roman"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="3"/>
-[...91 lines deleted...]
-      <scheme val="minor"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Times New Roman"/>
     </font>
   </fonts>
-  <fills count="33">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFC6EFCE"/>
-[...167 lines deleted...]
-        <bgColor indexed="65"/>
+        <fgColor rgb="FF365838"/>
+        <bgColor rgb="FF365838"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...25 lines deleted...]
-    <border>
       <left style="thin">
-        <color rgb="FF7F7F7F"/>
+        <color rgb="FFA9A9A9"/>
       </left>
       <right style="thin">
-        <color rgb="FF7F7F7F"/>
+        <color rgb="FFA9A9A9"/>
       </right>
       <top style="thin">
-        <color rgb="FF7F7F7F"/>
+        <color rgb="FFA9A9A9"/>
       </top>
       <bottom style="thin">
-        <color rgb="FF7F7F7F"/>
-[...64 lines deleted...]
-        <color theme="4"/>
+        <color rgb="FFA9A9A9"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="42">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...39 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
-[...1 lines deleted...]
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+  <cellXfs count="6">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
   </cellXfs>
-  <cellStyles count="42">
-[...35 lines deleted...]
-    <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
-[...3 lines deleted...]
-    <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00365838"/>
+      <rgbColor rgb="00A9A9A9"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...8 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...8 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...10 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R2"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:Y3"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="11.85546875" customWidth="1"/>
+    <col min="2" max="5" width="13.7109375" customWidth="1"/>
+    <col min="6" max="6" width="7.5703125" customWidth="1"/>
+    <col min="7" max="7" width="8.28515625" customWidth="1"/>
+    <col min="8" max="8" width="13.7109375" customWidth="1"/>
+    <col min="9" max="9" width="27.42578125" customWidth="1"/>
+    <col min="10" max="10" width="58.140625" customWidth="1"/>
+    <col min="11" max="11" width="10.140625" customWidth="1"/>
+    <col min="12" max="12" width="12.140625" customWidth="1"/>
+    <col min="13" max="13" width="11.28515625" customWidth="1"/>
+    <col min="14" max="14" width="11.140625" customWidth="1"/>
+    <col min="15" max="18" width="13.7109375" customWidth="1"/>
+    <col min="19" max="19" width="18.42578125" customWidth="1"/>
+    <col min="20" max="20" width="24.5703125" customWidth="1"/>
+    <col min="21" max="21" width="25.5703125" customWidth="1"/>
+    <col min="22" max="22" width="22" customWidth="1"/>
+    <col min="23" max="23" width="23" customWidth="1"/>
+    <col min="24" max="24" width="22.140625" customWidth="1"/>
+    <col min="25" max="25" width="18.140625" customWidth="1"/>
+    <col min="26" max="26" width="15.28515625" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1" spans="1:18" x14ac:dyDescent="0.25">
-      <c r="A1" t="s">
+    <row r="1" spans="1:25" ht="23.85" customHeight="1">
+      <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="B1" t="s">
+      <c r="B1" s="5"/>
+      <c r="C1" s="5"/>
+      <c r="D1" s="5"/>
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+      <c r="G1" s="5"/>
+      <c r="H1" s="5"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="5"/>
+      <c r="K1" s="5"/>
+    </row>
+    <row r="2" spans="1:25" ht="15.75">
+      <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" t="s">
+      <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D1" t="s">
+      <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" t="s">
+      <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="F1" t="s">
+      <c r="E2" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" t="s">
+      <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="H1" t="s">
+      <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
+      <c r="H2" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="J1" t="s">
+      <c r="I2" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
+      <c r="J2" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="L1" t="s">
+      <c r="K2" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="M1" t="s">
+      <c r="L2" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="N1" t="s">
+      <c r="M2" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="O1" t="s">
+      <c r="N2" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="P1" t="s">
+      <c r="O2" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="Q1" t="s">
+      <c r="P2" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="R1" t="s">
+      <c r="Q2" s="3" t="s">
         <v>17</v>
       </c>
+      <c r="R2" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="S2" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="T2" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="U2" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="V2" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="W2" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="X2" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="Y2" s="3" t="s">
+        <v>25</v>
+      </c>
     </row>
-    <row r="2" spans="1:18" x14ac:dyDescent="0.25">
-[...51 lines deleted...]
-    </row>
+    <row r="3" spans="1:25" ht="0" hidden="1" customHeight="1"/>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:K1"/>
+  </mergeCells>
+  <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <headerFooter alignWithMargins="0">
+    <oddHeader>&amp;L&amp;"Aptos"&amp;10&amp;K000000 DC2-Restricted&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...19 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
+  <Company/>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Steven Barnett</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator/>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy/>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/core0.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_SetDate">
+    <vt:lpwstr>2026-01-19T07:23:45Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_Name">
+    <vt:lpwstr>DC2-Restricted (General)</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_SiteId">
+    <vt:lpwstr>7b43bc18-c62c-4450-bc65-946c8aa33e58</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_ActionId">
+    <vt:lpwstr>ddc5a037-0288-4b06-b3c5-8377f877bbbb</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_Tag">
+    <vt:lpwstr>10, 3, 0, 2</vt:lpwstr>
+  </property>
+</Properties>
+</file>