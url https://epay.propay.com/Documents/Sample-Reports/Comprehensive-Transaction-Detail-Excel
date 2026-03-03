--- v0 (2025-11-02)
+++ v1 (2026-03-03)
@@ -1,67 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25629"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29711"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0CC9D73-B9F9-4274-BD3B-A26B76ABCB42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{AECCF547-1127-4F5B-AF12-1684AD50C924}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Next1ComprehensiveTransactionDe" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <si>
     <t>Comprehensive Transaction Detail</t>
   </si>
   <si>
     <t>AffiliateId</t>
   </si>
   <si>
     <t>AffiliateName</t>
   </si>
   <si>
     <t>AccountNum</t>
   </si>
   <si>
     <t>Transaction Date</t>
   </si>
   <si>
     <t>Fund Date</t>
   </si>
   <si>
     <t>Settle Date</t>
   </si>
   <si>
     <t>Trans Num</t>
   </si>
   <si>
@@ -277,355 +289,137 @@
   <si>
     <t>Merchant Descriptor</t>
   </si>
   <si>
     <t>Nacha Effective Entry Date</t>
   </si>
   <si>
     <t>Trace Number</t>
   </si>
   <si>
     <t>Card Present Type</t>
   </si>
   <si>
     <t>Merchant Transaction Date</t>
   </si>
   <si>
     <t>Merchant Fund Date</t>
   </si>
   <si>
     <t>Merchant Settle Date</t>
   </si>
   <si>
     <t>Gateway Transaction Id</t>
   </si>
   <si>
-    <t>Creative Memories</t>
-[...200 lines deleted...]
-    <t>$-189.16</t>
+    <t>ARN</t>
+  </si>
+  <si>
+    <t>External Id</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="5">
+  <fonts count="4">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF365838"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
-      <name val="Times New Roman"/>
-[...3 lines deleted...]
-      <color rgb="FF000000"/>
       <name val="Times New Roman"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF365838"/>
         <bgColor rgb="FF365838"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFA9A9A9"/>
       </left>
       <right style="thin">
         <color rgb="FFA9A9A9"/>
       </right>
       <top style="thin">
         <color rgb="FFA9A9A9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFA9A9A9"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+  <cellXfs count="5">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00365838"/>
       <rgbColor rgb="00A9A9A9"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
@@ -672,197 +466,163 @@
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -992,153 +752,151 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:CH9"/>
+  <dimension ref="A1:CJ4"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="BP1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="AH1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="12" width="13.7109375" customWidth="1"/>
     <col min="13" max="13" width="11.85546875" customWidth="1"/>
     <col min="14" max="14" width="11.42578125" customWidth="1"/>
     <col min="15" max="15" width="11" customWidth="1"/>
-    <col min="16" max="72" width="13.7109375" customWidth="1"/>
+    <col min="16" max="35" width="13.7109375" customWidth="1"/>
+    <col min="36" max="36" width="33.7109375" customWidth="1"/>
+    <col min="37" max="37" width="47.85546875" customWidth="1"/>
+    <col min="38" max="72" width="13.7109375" customWidth="1"/>
     <col min="73" max="73" width="0" hidden="1" customWidth="1"/>
     <col min="74" max="77" width="13.7109375" customWidth="1"/>
     <col min="78" max="78" width="23.85546875" customWidth="1"/>
     <col min="79" max="79" width="20.5703125" customWidth="1"/>
-    <col min="80" max="82" width="13.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="87" max="87" width="0" hidden="1" customWidth="1"/>
+    <col min="80" max="88" width="13.7109375" customWidth="1"/>
+    <col min="89" max="89" width="0" hidden="1" customWidth="1"/>
+    <col min="90" max="90" width="17.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:86" ht="23.85" customHeight="1">
-      <c r="A1" s="7" t="s">
+    <row r="1" spans="1:88" ht="23.85" customHeight="1">
+      <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="8"/>
-[...69 lines deleted...]
-      <c r="BT1" s="8"/>
+      <c r="B1" s="4"/>
+      <c r="C1" s="4"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="4"/>
+      <c r="F1" s="4"/>
+      <c r="G1" s="4"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="4"/>
+      <c r="J1" s="4"/>
+      <c r="K1" s="4"/>
+      <c r="L1" s="4"/>
+      <c r="M1" s="4"/>
+      <c r="N1" s="4"/>
+      <c r="O1" s="4"/>
+      <c r="P1" s="4"/>
+      <c r="Q1" s="4"/>
+      <c r="R1" s="4"/>
+      <c r="S1" s="4"/>
+      <c r="T1" s="4"/>
+      <c r="U1" s="4"/>
+      <c r="V1" s="4"/>
+      <c r="W1" s="4"/>
+      <c r="X1" s="4"/>
+      <c r="Y1" s="4"/>
+      <c r="Z1" s="4"/>
+      <c r="AA1" s="4"/>
+      <c r="AB1" s="4"/>
+      <c r="AC1" s="4"/>
+      <c r="AD1" s="4"/>
+      <c r="AE1" s="4"/>
+      <c r="AF1" s="4"/>
+      <c r="AG1" s="4"/>
+      <c r="AH1" s="4"/>
+      <c r="AI1" s="4"/>
+      <c r="AJ1" s="4"/>
+      <c r="AK1" s="4"/>
+      <c r="AL1" s="4"/>
+      <c r="AM1" s="4"/>
+      <c r="AN1" s="4"/>
+      <c r="AO1" s="4"/>
+      <c r="AP1" s="4"/>
+      <c r="AQ1" s="4"/>
+      <c r="AR1" s="4"/>
+      <c r="AS1" s="4"/>
+      <c r="AT1" s="4"/>
+      <c r="AU1" s="4"/>
+      <c r="AV1" s="4"/>
+      <c r="AW1" s="4"/>
+      <c r="AX1" s="4"/>
+      <c r="AY1" s="4"/>
+      <c r="AZ1" s="4"/>
+      <c r="BA1" s="4"/>
+      <c r="BB1" s="4"/>
+      <c r="BC1" s="4"/>
+      <c r="BD1" s="4"/>
+      <c r="BE1" s="4"/>
+      <c r="BF1" s="4"/>
+      <c r="BG1" s="4"/>
+      <c r="BH1" s="4"/>
+      <c r="BI1" s="4"/>
+      <c r="BJ1" s="4"/>
+      <c r="BK1" s="4"/>
+      <c r="BL1" s="4"/>
+      <c r="BM1" s="4"/>
+      <c r="BN1" s="4"/>
+      <c r="BO1" s="4"/>
+      <c r="BP1" s="4"/>
+      <c r="BQ1" s="4"/>
+      <c r="BR1" s="4"/>
+      <c r="BS1" s="4"/>
+      <c r="BT1" s="4"/>
     </row>
-    <row r="2" spans="1:86" ht="2.1" customHeight="1"/>
-    <row r="3" spans="1:86" ht="42.75">
+    <row r="2" spans="1:88" ht="2.1" customHeight="1"/>
+    <row r="3" spans="1:88" ht="15.75">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="1" t="s">
@@ -1350,994 +1108,103 @@
       </c>
       <c r="CA3" s="1" t="s">
         <v>78</v>
       </c>
       <c r="CB3" s="1" t="s">
         <v>79</v>
       </c>
       <c r="CC3" s="1" t="s">
         <v>80</v>
       </c>
       <c r="CD3" s="1" t="s">
         <v>81</v>
       </c>
       <c r="CE3" s="1" t="s">
         <v>82</v>
       </c>
       <c r="CF3" s="1" t="s">
         <v>83</v>
       </c>
       <c r="CG3" s="1" t="s">
         <v>84</v>
       </c>
       <c r="CH3" s="1" t="s">
         <v>85</v>
       </c>
+      <c r="CI3" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="CJ3" s="1" t="s">
+        <v>87</v>
+      </c>
     </row>
-    <row r="4" spans="1:86" ht="48">
-[...908 lines deleted...]
-    <row r="9" spans="1:86" ht="0" hidden="1" customHeight="1"/>
+    <row r="4" spans="1:88" ht="0" hidden="1" customHeight="1"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:BT1"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
-  <headerFooter alignWithMargins="0"/>
+  <headerFooter alignWithMargins="0">
+    <oddHeader>&amp;L&amp;"Aptos"&amp;10&amp;K000000 DC2-Restricted&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <TotalTime></TotalTime>
-[...30 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
+  <Company/>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator/>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy/>
+  <cp:revision/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/core0.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_SetDate">
+    <vt:lpwstr>2026-01-14T06:22:29Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_Name">
+    <vt:lpwstr>DC2-Restricted (General)</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_SiteId">
+    <vt:lpwstr>7b43bc18-c62c-4450-bc65-946c8aa33e58</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_ActionId">
+    <vt:lpwstr>8c845163-cf2b-47d9-a654-f14320ae4332</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_7a7a8a12-8839-418f-a0d5-fa192da1496b_Tag">
+    <vt:lpwstr>10, 3, 0, 2</vt:lpwstr>
+  </property>
+</Properties>
+</file>